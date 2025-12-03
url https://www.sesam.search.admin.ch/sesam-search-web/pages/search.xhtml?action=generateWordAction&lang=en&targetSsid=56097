--- v0 (2025-12-03)
+++ v1 (2025-12-03)
@@ -329,59 +329,59 @@
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440"/>
       <w:titlePg w:val="true"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5288" w:type="pct"/>
       <w:tblInd w:w="-595" w:type="dxa"/>
     </w:tblPr>
     <w:tr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2500" w:type="pct"/>
         </w:tcPr>
         <w:p>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="1979930" cy="510451"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="1389" name="logoBund" descr="Logo Bund"/>
+                <wp:docPr id="1423" name="logoBund" descr="Logo Bund"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks noChangeAspect="true"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="1390" name="logoBund"/>
+                        <pic:cNvPr id="1424" name="logoBund"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1979930" cy="510451"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>