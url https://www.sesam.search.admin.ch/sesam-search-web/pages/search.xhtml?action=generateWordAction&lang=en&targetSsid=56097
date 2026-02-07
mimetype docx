--- v1 (2025-12-03)
+++ v2 (2026-02-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/gif" PartName="/word/media/header_image_rId1.gif"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:color="black" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="black" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="black" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="black" w:sz="4" w:space="0"/>
           <w:between w:val="single" w:color="black" w:sz="4" w:space="0"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Ordinance of 4 March 2022 on measures related to the situation in Ukraine (RS 946.231.176.72), annexes 2, 8, 9, 10, 11, 12,13, 14, 14a, 15, 15a, 15b, 25 and 33</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:i w:val="true"/>
         </w:rPr>
@@ -279,109 +279,128 @@
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Units of the Rosgvardia have been sent to the areas under the control of the Russian authorities, such as Kherson, Henichesk, Berdyansk and certain areas of Mariupol, in order to suppress protests by the local population. They have also taken part in the killing, rape and torture of civilians in Bucha, Ukraine. Members of Rosgvardia have arrested pro-Ukrainian citizens and have set up a military-police administration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b w:val="true"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
         </w:rPr>
+        <w:t xml:space="preserve">He was awarded the title of Hero of the Russian Federation in March 2025.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+          <w:b w:val="true"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">In his previous and current capacity, he is therefore responsible for, supporting and implementing actions and policies which undermine and threaten the territorial integrity, sovereignty and independence of Ukraine, and stability and security in Ukraine.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
           <w:b w:val="true"/>
         </w:rPr>
         <w:t xml:space="preserve">Modifications: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Listed on 29 Jul 2022, amended on 2 Nov 2023, 13 Dec 2024</w:t>
+        <w:t xml:space="preserve">Listed on 29 Jul 2022, amended on 2 Nov 2023, 13 Dec 2024, 13 Dec 2025</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="first" r:id="rId2"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440"/>
       <w:titlePg w:val="true"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5288" w:type="pct"/>
       <w:tblInd w:w="-595" w:type="dxa"/>
     </w:tblPr>
     <w:tr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2500" w:type="pct"/>
         </w:tcPr>
         <w:p>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="1979930" cy="510451"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="1423" name="logoBund" descr="Logo Bund"/>
+                <wp:docPr id="321" name="logoBund" descr="Logo Bund"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks noChangeAspect="true"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="1424" name="logoBund"/>
+                        <pic:cNvPr id="322" name="logoBund"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1979930" cy="510451"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -471,61 +490,61 @@
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="15"/>
             </w:rPr>
             <w:t>Sanctions</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:spacing w:before="0" w:after="400" w:line="200" w:lineRule="exact"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="15"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="15"/>
             </w:rPr>
-            <w:t>Version of 30.10.2025</w:t>
+            <w:t>Version of 13.01.2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:hdr>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>