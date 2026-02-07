--- v2 (2026-02-07)
+++ v3 (2026-02-07)
@@ -348,59 +348,59 @@
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440"/>
       <w:titlePg w:val="true"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5288" w:type="pct"/>
       <w:tblInd w:w="-595" w:type="dxa"/>
     </w:tblPr>
     <w:tr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2500" w:type="pct"/>
         </w:tcPr>
         <w:p>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="1979930" cy="510451"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="321" name="logoBund" descr="Logo Bund"/>
+                <wp:docPr id="341" name="logoBund" descr="Logo Bund"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks noChangeAspect="true"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="322" name="logoBund"/>
+                        <pic:cNvPr id="342" name="logoBund"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1979930" cy="510451"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>