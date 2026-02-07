--- v3 (2026-02-07)
+++ v4 (2026-02-07)
@@ -348,59 +348,59 @@
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440"/>
       <w:titlePg w:val="true"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5288" w:type="pct"/>
       <w:tblInd w:w="-595" w:type="dxa"/>
     </w:tblPr>
     <w:tr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2500" w:type="pct"/>
         </w:tcPr>
         <w:p>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="1979930" cy="510451"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="341" name="logoBund" descr="Logo Bund"/>
+                <wp:docPr id="361" name="logoBund" descr="Logo Bund"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks noChangeAspect="true"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="342" name="logoBund"/>
+                        <pic:cNvPr id="362" name="logoBund"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1979930" cy="510451"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>