--- v4 (2026-02-07)
+++ v5 (2026-02-07)
@@ -348,59 +348,59 @@
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440"/>
       <w:titlePg w:val="true"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5288" w:type="pct"/>
       <w:tblInd w:w="-595" w:type="dxa"/>
     </w:tblPr>
     <w:tr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2500" w:type="pct"/>
         </w:tcPr>
         <w:p>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="1979930" cy="510451"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="361" name="logoBund" descr="Logo Bund"/>
+                <wp:docPr id="421" name="logoBund" descr="Logo Bund"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks noChangeAspect="true"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="362" name="logoBund"/>
+                        <pic:cNvPr id="422" name="logoBund"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1979930" cy="510451"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>