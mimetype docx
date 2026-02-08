--- v5 (2026-02-07)
+++ v6 (2026-02-08)
@@ -348,59 +348,59 @@
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440"/>
       <w:titlePg w:val="true"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5288" w:type="pct"/>
       <w:tblInd w:w="-595" w:type="dxa"/>
     </w:tblPr>
     <w:tr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2500" w:type="pct"/>
         </w:tcPr>
         <w:p>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="1979930" cy="510451"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="421" name="logoBund" descr="Logo Bund"/>
+                <wp:docPr id="629" name="logoBund" descr="Logo Bund"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks noChangeAspect="true"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="422" name="logoBund"/>
+                        <pic:cNvPr id="630" name="logoBund"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1979930" cy="510451"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>