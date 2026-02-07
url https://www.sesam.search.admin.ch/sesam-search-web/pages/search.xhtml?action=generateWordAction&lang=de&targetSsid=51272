--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -437,59 +437,59 @@
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440"/>
       <w:titlePg w:val="true"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5288" w:type="pct"/>
       <w:tblInd w:w="-595" w:type="dxa"/>
     </w:tblPr>
     <w:tr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2500" w:type="pct"/>
         </w:tcPr>
         <w:p>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="1979930" cy="510451"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="145" name="logoBund" descr="Logo Bund"/>
+                <wp:docPr id="165" name="logoBund" descr="Logo Bund"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks noChangeAspect="true"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="146" name="logoBund"/>
+                        <pic:cNvPr id="166" name="logoBund"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1979930" cy="510451"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>