--- v1 (2026-02-07)
+++ v2 (2026-02-07)
@@ -437,59 +437,59 @@
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440"/>
       <w:titlePg w:val="true"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns6="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns8="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:ns11="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns15="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns17="urn:schemas-microsoft-com:office:powerpoint" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns24="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns25="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns26="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5288" w:type="pct"/>
       <w:tblInd w:w="-595" w:type="dxa"/>
     </w:tblPr>
     <w:tr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2500" w:type="pct"/>
         </w:tcPr>
         <w:p>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="1979930" cy="510451"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="165" name="logoBund" descr="Logo Bund"/>
+                <wp:docPr id="445" name="logoBund" descr="Logo Bund"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks noChangeAspect="true"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="166" name="logoBund"/>
+                        <pic:cNvPr id="446" name="logoBund"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1979930" cy="510451"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>